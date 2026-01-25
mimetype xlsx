--- v0 (2025-10-14)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASOCIADOS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="595">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="623">
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>CIF</t>
   </si>
   <si>
     <t>RAZÓN SOCIAL</t>
   </si>
   <si>
     <t>DIRECCIÓN</t>
   </si>
   <si>
     <t>CP</t>
   </si>
   <si>
     <t>POBLACIÓN</t>
   </si>
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>EMAIL</t>
   </si>
   <si>
@@ -266,50 +266,68 @@
   <si>
     <t xml:space="preserve">36214 </t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>vigo@fycal.com</t>
   </si>
   <si>
     <t xml:space="preserve">886129073 </t>
   </si>
   <si>
     <t>BERROJALBIZ E HIJOS</t>
   </si>
   <si>
     <t>A05009659</t>
   </si>
   <si>
     <t>BERROJALBIZ E HIJOS, S.A.</t>
   </si>
   <si>
+    <t>C/Cuatro Postes,1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">05002 </t>
+  </si>
+  <si>
+    <t>Ávila</t>
+  </si>
+  <si>
+    <t>info@berrojalbizehijos.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">920211710 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">920251797 </t>
+  </si>
+  <si>
     <t>CABALLERO</t>
   </si>
   <si>
     <t>A30048474</t>
   </si>
   <si>
     <t>JOSE MARIA CABALLERO, S.A.</t>
   </si>
   <si>
     <t>C/Amsterdam s/n, Parc.R-99, P.I.Cabezo Beaza</t>
   </si>
   <si>
     <t xml:space="preserve">30400 </t>
   </si>
   <si>
     <t>Cartagena</t>
   </si>
   <si>
     <t>Murcia</t>
   </si>
   <si>
     <t>cartagena@caballero.eu</t>
   </si>
   <si>
     <t xml:space="preserve">968527473 </t>
@@ -395,50 +413,77 @@
   <si>
     <t xml:space="preserve">918 156 003 </t>
   </si>
   <si>
     <t>COMERCIAL ESGON</t>
   </si>
   <si>
     <t>B36053809</t>
   </si>
   <si>
     <t>C. ESGON, S.L.</t>
   </si>
   <si>
     <t>Campo Santo</t>
   </si>
   <si>
     <t xml:space="preserve">36161 </t>
   </si>
   <si>
     <t xml:space="preserve">986857755 </t>
   </si>
   <si>
     <t xml:space="preserve">986863221 </t>
   </si>
   <si>
+    <t>DEK</t>
+  </si>
+  <si>
+    <t>B95392668</t>
+  </si>
+  <si>
+    <t>DEUSTO ESKERDUZA, S.L.</t>
+  </si>
+  <si>
+    <t>Carretera Bilbao - Plentzia, 40 Pabellón, 3 - 4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48950 </t>
+  </si>
+  <si>
+    <t>Erandio</t>
+  </si>
+  <si>
+    <t>Bizkaia</t>
+  </si>
+  <si>
+    <t>pretuerto@deksl.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">944371633 </t>
+  </si>
+  <si>
     <t>FERRECAL</t>
   </si>
   <si>
     <t>A15035538</t>
   </si>
   <si>
     <t>FERRECAL, S.A.</t>
   </si>
   <si>
     <t>Carretera de Moledo Nº 10, San Pedro de Sárdoma</t>
   </si>
   <si>
     <t>vigo@ferrecal.com</t>
   </si>
   <si>
     <t>Rúa do Cobre Polígono Industrial de Bértoa CARBALLO</t>
   </si>
   <si>
     <t xml:space="preserve">15107 </t>
   </si>
   <si>
     <t>carballo@ferrecal.com</t>
   </si>
   <si>
     <t xml:space="preserve">634832791 </t>
@@ -512,939 +557,954 @@
   <si>
     <t>Puigcerdà</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>xavi@fonelectric.com</t>
   </si>
   <si>
     <t xml:space="preserve">972881290 </t>
   </si>
   <si>
     <t xml:space="preserve">972883329 </t>
   </si>
   <si>
     <t>FON ELECTRIC MANRESA SL</t>
   </si>
   <si>
     <t>B59159400</t>
   </si>
   <si>
     <t>FON ELECTRIC MANRESA, S.L.</t>
   </si>
   <si>
-    <t xml:space="preserve">FONCAL </t>
-[...32 lines deleted...]
-    <t>Telde</t>
+    <t>Avda. dels Dolors 30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08243 </t>
+  </si>
+  <si>
+    <t>Manresa</t>
+  </si>
+  <si>
+    <t>manresa@fonelectric.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">938722324 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">938739244 </t>
+  </si>
+  <si>
+    <t>GALVEZ SANEAMIENTOS</t>
+  </si>
+  <si>
+    <t>A08792277</t>
+  </si>
+  <si>
+    <t>GALVEZ SANEAMIENTOS, S.A.</t>
+  </si>
+  <si>
+    <t>C/ Bac de Roda, 10-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08204 </t>
+  </si>
+  <si>
+    <t>Sabadell</t>
+  </si>
+  <si>
+    <t>administracion@galvez.cat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">937105800 </t>
+  </si>
+  <si>
+    <t>Bac de Roda 15-17-19-21</t>
+  </si>
+  <si>
+    <t>Crta. Barcelona, 543</t>
+  </si>
+  <si>
+    <t>sanitarios@galvez.cat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">937105264 </t>
+  </si>
+  <si>
+    <t>Crta. Barcelona, 539</t>
+  </si>
+  <si>
+    <t>comercial@galvez.cat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lope de Vega, 33 </t>
+  </si>
+  <si>
+    <t>Avda. Barbera, 333</t>
+  </si>
+  <si>
+    <t>industrial@galvez.cat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">937207470 </t>
+  </si>
+  <si>
+    <t>GERCO ARAGÓN</t>
+  </si>
+  <si>
+    <t>B99334062</t>
+  </si>
+  <si>
+    <t>Gerco Aragon, S.L.</t>
+  </si>
+  <si>
+    <t>Jaime Ferrán 9, nave 15 Polígono Industrial Cogullada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50014 </t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>ajoglar@gercoaragon.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">976900953 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">976471794 </t>
+  </si>
+  <si>
+    <t>GERCO ASTUR</t>
+  </si>
+  <si>
+    <t>B33810029</t>
+  </si>
+  <si>
+    <t>Gerco Astur, S.L.</t>
+  </si>
+  <si>
+    <t>Avenida de los Campones 34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33211 </t>
+  </si>
+  <si>
+    <t>Gijón</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>angel@gercoastur.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">985 315 200  </t>
+  </si>
+  <si>
+    <t>GERCO MADRID</t>
+  </si>
+  <si>
+    <t>B09687518</t>
+  </si>
+  <si>
+    <t>Gerco Madrid, S.L.</t>
+  </si>
+  <si>
+    <t>C/ Trueno 26, Polígono Industrial San José de Valderas II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28918 </t>
+  </si>
+  <si>
+    <t>Leganés</t>
+  </si>
+  <si>
+    <t>compras@gercoastur.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">917448113 </t>
+  </si>
+  <si>
+    <t>GRUPO PUYA 68</t>
+  </si>
+  <si>
+    <t>B29565678</t>
+  </si>
+  <si>
+    <t>GRUPO PUYA 68 S.L.</t>
+  </si>
+  <si>
+    <t>Pol. Ind. la Ermita, C. Zinc, 7, 29603 Marbella</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29603 </t>
+  </si>
+  <si>
+    <t>Marbella</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t xml:space="preserve">952783540 </t>
+  </si>
+  <si>
+    <t>PUYA DIRECTO_ESTEPONA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29680 </t>
+  </si>
+  <si>
+    <t>Estepona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">722853999 </t>
+  </si>
+  <si>
+    <t>Urb. El Gamonal, Parc. 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29670 </t>
+  </si>
+  <si>
+    <t>puya.directo@puya.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">952780483 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">952783551 </t>
+  </si>
+  <si>
+    <t>GUILLERMO DURAN</t>
+  </si>
+  <si>
+    <t>A16619207</t>
+  </si>
+  <si>
+    <t>GUILLERMO DURAN, S.A.</t>
+  </si>
+  <si>
+    <t>C/ Del Busqueret, 20 - Pol. Ca Na Lloreta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">07400 </t>
+  </si>
+  <si>
+    <t>Alcúdia</t>
+  </si>
+  <si>
+    <t>cfanalsr@gduran.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">971578057 </t>
+  </si>
+  <si>
+    <t>C/. Son Fondo, 35 - Coll d'En Rebassa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">07007 </t>
+  </si>
+  <si>
+    <t>Palma</t>
+  </si>
+  <si>
+    <t>msalvas@gduran.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">971460000 </t>
+  </si>
+  <si>
+    <t>C/ ILLES BALEARS, 40 - Pol. Ind. Son Bugadelles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">07180 </t>
+  </si>
+  <si>
+    <t>Calvià</t>
+  </si>
+  <si>
+    <t>cramirezl@gduran.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">971699696 </t>
+  </si>
+  <si>
+    <t>Pol. S'Olivó</t>
+  </si>
+  <si>
+    <t xml:space="preserve">07650 </t>
+  </si>
+  <si>
+    <t>Santanyí</t>
+  </si>
+  <si>
+    <t>jbellerin@gduran.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">971642064 </t>
+  </si>
+  <si>
+    <t>HYDRAGIM SUMINISTRES</t>
+  </si>
+  <si>
+    <t>B98207657</t>
+  </si>
+  <si>
+    <t>HYDRAGIM SUMINISTRES, S.L.U.</t>
+  </si>
+  <si>
+    <t>C/ Villa de Madrid, 32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46988 </t>
+  </si>
+  <si>
+    <t>Paterna</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>hyd@hydragim.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">961344869 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">961344870 </t>
+  </si>
+  <si>
+    <t>JAEN CLIMA</t>
+  </si>
+  <si>
+    <t>B23319205</t>
+  </si>
+  <si>
+    <t>JAEN-CLIMA, S.L.</t>
+  </si>
+  <si>
+    <t>Polígono Los Olivares, Calle Villatorres, 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23009 </t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>info@jaenclima.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">953280288 </t>
+  </si>
+  <si>
+    <t>LAGUARDIA &amp; MOREIRA</t>
+  </si>
+  <si>
+    <t>A28080695</t>
+  </si>
+  <si>
+    <t>LAGUARDIA &amp; MOREIRA, S.A.</t>
+  </si>
+  <si>
+    <t>CRTA. N II, KM 34,200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28800 </t>
+  </si>
+  <si>
+    <t>Alcalá de Henares</t>
+  </si>
+  <si>
+    <t>ocarrascosa@laguardia-moreira.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">918883400 </t>
+  </si>
+  <si>
+    <t>Poligono Rio do Pozo Avda. Gonzalo Navarro Nave 1 Parcela 10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15578 </t>
+  </si>
+  <si>
+    <t>Narón</t>
+  </si>
+  <si>
+    <t>naron@multimat.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">981380517 </t>
+  </si>
+  <si>
+    <t>C/Do Rio Mao 22</t>
+  </si>
+  <si>
+    <t>orense@multimat.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">988371780 </t>
+  </si>
+  <si>
+    <t>Ctra. de Camposancos 48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36210 </t>
+  </si>
+  <si>
+    <t>cabarquero@laguardia-moreira.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">986233476 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAMBÁS SUMINISTROS </t>
+  </si>
+  <si>
+    <t>B81536302</t>
+  </si>
+  <si>
+    <t>LAMBÁS SUMINISTROS, S.L.</t>
+  </si>
+  <si>
+    <t>C/. ALBASANZ, 75 - NAVE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28037 </t>
+  </si>
+  <si>
+    <t>lambas@lambas.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">914070407 </t>
+  </si>
+  <si>
+    <t>LORCAN</t>
+  </si>
+  <si>
+    <t>B80116429</t>
+  </si>
+  <si>
+    <t>LORCAN, SL.</t>
+  </si>
+  <si>
+    <t>Avda. del Sistema Solar, 7 nave E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28830 </t>
+  </si>
+  <si>
+    <t>San Fernando de Henares</t>
+  </si>
+  <si>
+    <t>a.peinado@lorcan.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">917294444 </t>
+  </si>
+  <si>
+    <t>METALUX ASTURIAS</t>
+  </si>
+  <si>
+    <t>B33012840</t>
+  </si>
+  <si>
+    <t>METALUX ASTURIAS, S.L.</t>
+  </si>
+  <si>
+    <t>Pol. Ind. Pocomaco - C/ Quinta Avenida, 52</t>
+  </si>
+  <si>
+    <t>raul.gonzalez@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">981295355 </t>
+  </si>
+  <si>
+    <t>Avda. del Aluminio, Parcela 7.1 P.E.P.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33400 </t>
+  </si>
+  <si>
+    <t>Avilés</t>
+  </si>
+  <si>
+    <t>sevando@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">985514100 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">985515192 </t>
+  </si>
+  <si>
+    <t>Parque Empres. de Foz Parc, 38 - 39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">00000 </t>
+  </si>
+  <si>
+    <t>Foz</t>
+  </si>
+  <si>
+    <t>felix.fernandez@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">982801056 </t>
+  </si>
+  <si>
+    <t>Pol. Ind. Mora Garay -- C/. Marie Curie</t>
+  </si>
+  <si>
+    <t>iherrera@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">985309080 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">985320837 </t>
+  </si>
+  <si>
+    <t>Rua dos Ceramistas, 110 - 111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15178 </t>
+  </si>
+  <si>
+    <t>Oleiros</t>
+  </si>
+  <si>
+    <t>jl.roson@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">981330035 </t>
+  </si>
+  <si>
+    <t>C/. Cerdeño, 33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33010 </t>
+  </si>
+  <si>
+    <t>Oviedo</t>
+  </si>
+  <si>
+    <t>metalux@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">902201501 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">985118067 </t>
+  </si>
+  <si>
+    <t>Camino de la Raposeira, 16</t>
+  </si>
+  <si>
+    <t>roberto.abal@metalux.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">986260626 </t>
+  </si>
+  <si>
+    <t>METALUX LEVANTE</t>
+  </si>
+  <si>
+    <t>A58014275</t>
+  </si>
+  <si>
+    <t>METALUX LEVANTE, S.A.U.</t>
+  </si>
+  <si>
+    <t>Avda. Los trabajadores, 20-22 Pol Ind. Horno de Alcedo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46026 </t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS BRAVO (JOSE LUIS BRAVO MORA)</t>
+  </si>
+  <si>
+    <t>76225532J</t>
+  </si>
+  <si>
+    <t>JOSE LUIS BRAVO MORA</t>
+  </si>
+  <si>
+    <t>Pol. Industrial Isaac Peral, 5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">06400 </t>
+  </si>
+  <si>
+    <t>Don Benito</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>saneamientosbravo@hotmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">924812288 </t>
+  </si>
+  <si>
+    <t>c/. Guadiana, 8 - Polígono Industrial Los Caños</t>
+  </si>
+  <si>
+    <t xml:space="preserve">06300 </t>
+  </si>
+  <si>
+    <t>Zafra</t>
+  </si>
+  <si>
+    <t>saneamientosbravo-zafra@hotmail.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">924550543 </t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS IBAIZABAL</t>
+  </si>
+  <si>
+    <t>A48207245</t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS IBAIZABAL, S.A.</t>
+  </si>
+  <si>
+    <t>Poligono Arriagane 16 Bajo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48340 </t>
+  </si>
+  <si>
+    <t>Amorebieta-Etxano</t>
+  </si>
+  <si>
+    <t>s.ibaizabal@ibaizabalsaneamientos.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">946730601 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">946732550 </t>
+  </si>
+  <si>
+    <t>Calle Carmen 16</t>
+  </si>
+  <si>
+    <t>stos.ibaizabal@ibaizabalsaneamientos.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">946301550 </t>
+  </si>
+  <si>
+    <t>Calle el Cano 6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48009 </t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>ibaziabal@ibaizabalbilbao.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">944559520 </t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS NORES</t>
+  </si>
+  <si>
+    <t>B01166560</t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS NORES, S.L.</t>
+  </si>
+  <si>
+    <t>C/. Jesús Asunción, 19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10003 </t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>info@saneamientosnores.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">927210273 </t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS SAN IGNACIO</t>
+  </si>
+  <si>
+    <t>A48264782</t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS SAN IGNACIO, S.A.</t>
+  </si>
+  <si>
+    <t>Bidebarri, 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48993 </t>
+  </si>
+  <si>
+    <t>Getxo</t>
+  </si>
+  <si>
+    <t>sanignacioalmacen3@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">944307677 </t>
+  </si>
+  <si>
+    <t>Arana, 17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48901 </t>
+  </si>
+  <si>
+    <t>Barakaldo</t>
+  </si>
+  <si>
+    <t>sanignacioalmacen2@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">944374905 </t>
+  </si>
+  <si>
+    <t>Ctra. Avanzada, 7 (Central)</t>
+  </si>
+  <si>
+    <t>sanignacioalmacen5@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">944530313 </t>
+  </si>
+  <si>
+    <t>Ibarrekolanda, 17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48015 </t>
+  </si>
+  <si>
+    <t>sanignacioalmacen1@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">944757109 </t>
+  </si>
+  <si>
+    <t>SANITARIOS BOSCO</t>
+  </si>
+  <si>
+    <t>A58409905</t>
+  </si>
+  <si>
+    <t>SANITARIOS BOSCO, S.A.</t>
+  </si>
+  <si>
+    <t>C/ Sant Salvador, 56 Bajos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08024 </t>
+  </si>
+  <si>
+    <t>ssalvadorcomercial@sanitariosbosco.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">934150864 </t>
+  </si>
+  <si>
+    <t>C/ Concepción Arenal, 17-21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08027 </t>
+  </si>
+  <si>
+    <t>arenal@sanitariosbosco.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">933491028 </t>
+  </si>
+  <si>
+    <t>C/. Nicaragua, 85-95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">08029 </t>
+  </si>
+  <si>
+    <t>nicaragua@sanitariosbosco.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">932173357 </t>
+  </si>
+  <si>
+    <t>SERVICIOS PALAU</t>
+  </si>
+  <si>
+    <t>B07148224</t>
+  </si>
+  <si>
+    <t>SERVICIOS PALAU, S.L.</t>
+  </si>
+  <si>
+    <t>Ctra. de Sant Joan km 3,7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">07819 </t>
+  </si>
+  <si>
+    <t>Santa Eulària des Riu</t>
+  </si>
+  <si>
+    <t>comercial@serviciospalau.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">971315215 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">971315109 </t>
+  </si>
+  <si>
+    <t>SERVIDAYA</t>
+  </si>
+  <si>
+    <t>B03778420</t>
+  </si>
+  <si>
+    <t>SERVIDAYA, S.L.</t>
+  </si>
+  <si>
+    <t>Partida de la Fábrica, 9 - bis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03159 </t>
+  </si>
+  <si>
+    <t>Daya Nueva</t>
+  </si>
+  <si>
+    <t>Alicante/Alacant</t>
+  </si>
+  <si>
+    <t>conchi@servidaya.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">966782122 </t>
+  </si>
+  <si>
+    <t>SIETE HERMANOS</t>
+  </si>
+  <si>
+    <t>B02203651</t>
+  </si>
+  <si>
+    <t>SIETE HERMANOS DEL BONILLO, S.L.</t>
+  </si>
+  <si>
+    <t>CALLE JUAN SEBASTIÁN EL CANO Nº58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02005 </t>
+  </si>
+  <si>
+    <t>tienda@sietehermanos.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">967228803 </t>
+  </si>
+  <si>
+    <t>CALLE ERAS DEL CERRILLO Nº17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13005 </t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>ciudadreal@sietehermanos.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">926219119 </t>
+  </si>
+  <si>
+    <t>ALAMEDA DE LA SAGRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45240 </t>
+  </si>
+  <si>
+    <t>Alameda de la Sagra</t>
+  </si>
+  <si>
+    <t>toledo@sietehermanos.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">925500119 </t>
+  </si>
+  <si>
+    <t>SISCOCAN</t>
+  </si>
+  <si>
+    <t>B35970268</t>
+  </si>
+  <si>
+    <t>SISCOCAN GRUPO COMERCIAL, S.L.</t>
+  </si>
+  <si>
+    <t>C/ Santiago Betancor Brito, 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35219 </t>
+  </si>
+  <si>
+    <t>Palmas de Gran Canaria, Las</t>
   </si>
   <si>
     <t>Palmas, Las</t>
   </si>
   <si>
-    <t>clientesgc@foncal.es</t>
-[...848 lines deleted...]
-    <t xml:space="preserve">925500119 </t>
+    <t>comercial@siscocan.es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">676459131 </t>
   </si>
   <si>
     <t>SOCIAS Y ROSSELLÓ</t>
   </si>
   <si>
     <t>B07036569</t>
   </si>
   <si>
     <t>SOCIAS Y ROSSELLO, S.L.</t>
   </si>
   <si>
     <t>Gremio Herreros, 38</t>
   </si>
   <si>
     <t xml:space="preserve">07040 </t>
   </si>
   <si>
     <t>info@sociasyrossello.es</t>
   </si>
   <si>
     <t xml:space="preserve">971 430 034 </t>
   </si>
   <si>
     <t>Carrer Cas Raspallar, 14</t>
   </si>
@@ -1604,56 +1664,50 @@
   <si>
     <t xml:space="preserve">41702 </t>
   </si>
   <si>
     <t>Dos Hermanas</t>
   </si>
   <si>
     <t>cotodoshermanas@coto.pro</t>
   </si>
   <si>
     <t xml:space="preserve">955223892 </t>
   </si>
   <si>
     <t>Calle Comunidad de Madrid, 18 Pol. Ind. La Campiña 41400, ÉCIJA</t>
   </si>
   <si>
     <t>cotoecija@coto.pro</t>
   </si>
   <si>
     <t xml:space="preserve">955901916-17 </t>
   </si>
   <si>
     <t xml:space="preserve">Polígono Industrial Los Llanos, calle B, nº21. </t>
   </si>
   <si>
-    <t xml:space="preserve">23009 </t>
-[...4 lines deleted...]
-  <si>
     <t>cotojaen@coto.pro</t>
   </si>
   <si>
     <t xml:space="preserve">953239266 </t>
   </si>
   <si>
     <t>Calle La Traiña, 8 Pol. Ind. El Zabal, LA LÍNEA DE LA CONCEPCIÓN</t>
   </si>
   <si>
     <t xml:space="preserve">11315 </t>
   </si>
   <si>
     <t>Línea de la Concepción, La</t>
   </si>
   <si>
     <t>Cádiz</t>
   </si>
   <si>
     <t>cotolalinea@coto.pro</t>
   </si>
   <si>
     <t xml:space="preserve">956645003 </t>
   </si>
   <si>
     <t>Crta. Puente Genil a Lucena, Km. 39,9, LUCENA</t>
@@ -1721,50 +1775,65 @@
   <si>
     <t>Polígono Industrial Los Cerros, Calle Cerámica, nº 23. ÚBEDA</t>
   </si>
   <si>
     <t xml:space="preserve">23400 </t>
   </si>
   <si>
     <t>Úbeda</t>
   </si>
   <si>
     <t>cotoubeda@coto.pro</t>
   </si>
   <si>
     <t xml:space="preserve">953647628 </t>
   </si>
   <si>
     <t>SUMINISTROS GARCICHAO</t>
   </si>
   <si>
     <t>B24558405</t>
   </si>
   <si>
     <t>SUMINISTROS GARCICHAO, S.L.U</t>
   </si>
   <si>
+    <t>C/ Kripton, 29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">47012 </t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>info@garcichao.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">983100983 </t>
+  </si>
+  <si>
     <t>SUMINISTROS RICARDO CHAO</t>
   </si>
   <si>
     <t>B24441537</t>
   </si>
   <si>
     <t>SUMINISTROS RICARDO CHAO,  S.L.</t>
   </si>
   <si>
     <t>Ctra. de Madrid km 321</t>
   </si>
   <si>
     <t xml:space="preserve">24227 </t>
   </si>
   <si>
     <t>Valdefresno</t>
   </si>
   <si>
     <t>León</t>
   </si>
   <si>
     <t>info@ricardochao.com</t>
   </si>
   <si>
     <t xml:space="preserve">987260815 </t>
@@ -1797,50 +1866,65 @@
     <t xml:space="preserve">968693258 </t>
   </si>
   <si>
     <t>C/. Rio Argos, s/n -- Pol.Ind. de Lorqui</t>
   </si>
   <si>
     <t>C/Dulcinea, 6</t>
   </si>
   <si>
     <t xml:space="preserve">30009 </t>
   </si>
   <si>
     <t xml:space="preserve">968285555 </t>
   </si>
   <si>
     <t xml:space="preserve">968292156 </t>
   </si>
   <si>
     <t>TERRAPILAR</t>
   </si>
   <si>
     <t>A03081437</t>
   </si>
   <si>
     <t>TERRAPILAR, S.A.</t>
+  </si>
+  <si>
+    <t>C/ Las Palomas, s/n</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03190 </t>
+  </si>
+  <si>
+    <t>Pilar de la Horadada</t>
+  </si>
+  <si>
+    <t>apicazo@terrapilar.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">966766000 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2230,54 +2314,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J169"/>
+  <dimension ref="A1:J176"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A169" sqref="A169:J169"/>
+      <selection activeCell="D176" sqref="D176:J176"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="120" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
     <col min="10" max="10" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2593,2757 +2677,2847 @@
       <c r="I17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
     </row>
-    <row r="21" spans="1:10">
-      <c r="A21" s="5" t="s">
+    <row r="20" spans="1:10">
+      <c r="D20" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="B21" s="5" t="s">
+      <c r="E20" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="C21" s="5" t="s">
+      <c r="F20" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="D21" s="5"/>
-[...5 lines deleted...]
-      <c r="J21" s="5"/>
+      <c r="G20" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="22" spans="1:10">
-      <c r="D22" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="4" t="s">
+      <c r="A22" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="H22" s="4" t="s">
+      <c r="B22" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="I22" s="4" t="s">
+      <c r="C22" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="J22" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="5"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
     </row>
     <row r="23" spans="1:10">
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="E23" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H23" s="2" t="s">
+      <c r="F23" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="I23" s="2" t="s">
+      <c r="G23" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="J23" s="2" t="s">
+      <c r="H23" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="J23" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:10">
-      <c r="D24" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="4" t="s">
+      <c r="D24" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="G24" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H24" s="4" t="s">
+      <c r="E24" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="I24" s="4" t="s">
+      <c r="F24" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H24" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="J24" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="3" t="s">
+      <c r="I24" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="J24" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="D25" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="C26" s="3" t="s">
+      <c r="E25" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="D26" s="3"/>
-[...5 lines deleted...]
-      <c r="J26" s="3"/>
+      <c r="F25" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="27" spans="1:10">
-      <c r="D27" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="4" t="s">
+      <c r="A27" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="D28" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="H27" s="4" t="s">
-[...19 lines deleted...]
-      <c r="D29" s="5" t="s">
+      <c r="H28" s="4" t="s">
         <v>114</v>
       </c>
-      <c r="E29" s="5" t="s">
+      <c r="I28" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="F29" s="5" t="s">
+      <c r="J28" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="G29" s="5" t="s">
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="H29" s="5" t="s">
+      <c r="B30" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="C30" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="J29" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A31" s="3" t="s">
+      <c r="D30" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="E30" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="C31" s="3" t="s">
+      <c r="F30" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="D31" s="3"/>
-[...5 lines deleted...]
-      <c r="J31" s="3"/>
+      <c r="G30" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="32" spans="1:10">
-      <c r="D32" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="4" t="s">
+      <c r="A32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" s="3"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="3"/>
+      <c r="I32" s="3"/>
+      <c r="J32" s="3"/>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="D33" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="G32" s="4" t="s">
+      <c r="G33" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="H32" s="4"/>
-[...23 lines deleted...]
-      <c r="J34" s="5"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="35" spans="1:10">
-      <c r="D35" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="4" t="s">
+      <c r="A35" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="D38" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="E38" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="F35" s="4" t="s">
+      <c r="F38" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="G35" s="4" t="s">
+      <c r="G38" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="H35" s="4" t="s">
-[...16 lines deleted...]
-      <c r="F36" s="2" t="s">
+      <c r="H38" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="I38" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="J38" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="D39" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="G36" s="2" t="s">
+      <c r="G39" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="H36" s="2" t="s">
-[...16 lines deleted...]
-      <c r="F37" s="4" t="s">
+      <c r="H39" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="J39" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="D40" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F40" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="G37" s="4" t="s">
+      <c r="G40" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="H37" s="4" t="s">
-[...19 lines deleted...]
-      <c r="G38" s="2" t="s">
+      <c r="H40" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="I40" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="D41" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G41" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="H38" s="2" t="s">
-[...16 lines deleted...]
-      <c r="F39" s="4" t="s">
+      <c r="H41" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="I41" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="D42" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="F42" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="G39" s="4" t="s">
+      <c r="G42" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="H39" s="4" t="s">
-[...19 lines deleted...]
-      <c r="G40" s="2" t="s">
+      <c r="H42" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="I42" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="D43" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G43" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="H40" s="2" t="s">
-[...47 lines deleted...]
-        <v>162</v>
+      <c r="H43" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="I43" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="5" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D45" s="5"/>
       <c r="E45" s="5"/>
       <c r="F45" s="5"/>
       <c r="G45" s="5"/>
       <c r="H45" s="5"/>
       <c r="I45" s="5"/>
       <c r="J45" s="5"/>
     </row>
-    <row r="47" spans="1:10">
-[...15 lines deleted...]
-      <c r="F47" s="3" t="s">
+    <row r="46" spans="1:10">
+      <c r="D46" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="G47" s="3" t="s">
+      <c r="E46" s="4" t="s">
         <v>172</v>
       </c>
-      <c r="H47" s="3" t="s">
+      <c r="F46" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="I47" s="3" t="s">
+      <c r="G46" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="J47" s="3" t="s">
-        <v>29</v>
+      <c r="H46" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="J46" s="4" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="48" spans="1:10">
-      <c r="D48" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="4" t="s">
+      <c r="A48" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="H48" s="4" t="s">
+      <c r="B48" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="I48" s="4" t="s">
+      <c r="C48" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="J48" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D49" s="2" t="s">
+      <c r="D48" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="E48" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="F49" s="2" t="s">
+      <c r="F48" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="G49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H49" s="2" t="s">
+      <c r="G48" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="I49" s="2" t="s">
+      <c r="I48" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="J49" s="2" t="s">
-        <v>29</v>
+      <c r="J48" s="3" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="50" spans="1:10">
-      <c r="D50" s="4" t="s">
-[...17 lines deleted...]
-      <c r="J50" s="4" t="s">
+      <c r="A50" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="J50" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:10">
-      <c r="D51" s="2" t="s">
-[...17 lines deleted...]
-      <c r="J51" s="2" t="s">
+      <c r="D51" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" s="4"/>
+      <c r="I51" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="J51" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:10">
-      <c r="D52" s="4" t="s">
+      <c r="D52" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="E52" s="4" t="s">
+      <c r="F52" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="F52" s="4" t="s">
-[...8 lines deleted...]
-      <c r="I52" s="4" t="s">
+      <c r="G52" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="J52" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="D53" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="I53" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="J52" s="4" t="s">
-[...22 lines deleted...]
-      <c r="J53" s="2" t="s">
+      <c r="J53" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="D54" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="J54" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:10">
-      <c r="A55" s="5" t="s">
-[...11 lines deleted...]
-      <c r="E55" s="5" t="s">
+      <c r="D55" s="4" t="s">
         <v>202</v>
       </c>
-      <c r="F55" s="5" t="s">
+      <c r="E55" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" s="4" t="s">
         <v>203</v>
       </c>
-      <c r="G55" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="4" t="s">
         <v>204</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="J55" s="5" t="s">
-[...4 lines deleted...]
-      <c r="D56" s="4" t="s">
+      <c r="B57" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="E56" s="4" t="s">
-[...17 lines deleted...]
-      <c r="D57" s="2" t="s">
+      <c r="C57" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="E57" s="2" t="s">
-[...8 lines deleted...]
-      <c r="H57" s="2" t="s">
+      <c r="D57" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="I57" s="2" t="s">
+      <c r="E57" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="J57" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D58" s="4" t="s">
+      <c r="F57" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="E58" s="4" t="s">
-[...8 lines deleted...]
-      <c r="H58" s="4" t="s">
+      <c r="G57" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="H57" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="I58" s="4" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="I57" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:10">
-      <c r="D59" s="2" t="s">
-[...32 lines deleted...]
-      <c r="H60" s="4" t="s">
+      <c r="A59" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="I60" s="4" t="s">
+      <c r="B59" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="J60" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A62" s="3" t="s">
+      <c r="C59" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="D59" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="C62" s="3" t="s">
+      <c r="E59" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="D62" s="3" t="s">
+      <c r="F59" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="E62" s="3" t="s">
+      <c r="G59" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="F62" s="3" t="s">
+      <c r="H59" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="G62" s="3" t="s">
-[...2 lines deleted...]
-      <c r="H62" s="3" t="s">
+      <c r="I59" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="I62" s="3" t="s">
+      <c r="J59" s="5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="J62" s="3" t="s">
+      <c r="B61" s="3" t="s">
         <v>224</v>
       </c>
+      <c r="C61" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="J61" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="D63" s="5"/>
+      <c r="E63" s="5"/>
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+      <c r="H63" s="5"/>
+      <c r="I63" s="5"/>
+      <c r="J63" s="5"/>
     </row>
     <row r="64" spans="1:10">
-      <c r="A64" s="5" t="s">
-[...26 lines deleted...]
-      <c r="J64" s="5" t="s">
+      <c r="D64" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="F64" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="G64" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="H64" s="4"/>
+      <c r="I64" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="J64" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="D65" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="J65" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:10">
-      <c r="A66" s="3" t="s">
-[...5 lines deleted...]
-      <c r="C66" s="3" t="s">
+      <c r="D66" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="F66" s="4" t="s">
         <v>236</v>
       </c>
-      <c r="D66" s="3" t="s">
+      <c r="G66" s="4" t="s">
         <v>237</v>
       </c>
-      <c r="E66" s="3" t="s">
-[...15 lines deleted...]
-        <v>29</v>
+      <c r="H66" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="I66" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="J66" s="4" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="68" spans="1:10">
-      <c r="A68" s="5" t="s">
-[...14 lines deleted...]
-      <c r="J68" s="5"/>
+      <c r="A68" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="D68" s="3"/>
+      <c r="E68" s="3"/>
+      <c r="F68" s="3"/>
+      <c r="G68" s="3"/>
+      <c r="H68" s="3"/>
+      <c r="I68" s="3"/>
+      <c r="J68" s="3"/>
     </row>
     <row r="69" spans="1:10">
       <c r="D69" s="4" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="G69" s="4" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="H69" s="4"/>
+        <v>46</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>254</v>
+      </c>
       <c r="I69" s="4" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="D70" s="2" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="H70" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>259</v>
+      </c>
       <c r="I70" s="2" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="D71" s="4" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>248</v>
+        <v>46</v>
       </c>
       <c r="H71" s="4" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="I71" s="4" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="J71" s="4" t="s">
-        <v>258</v>
-[...18 lines deleted...]
-      <c r="J73" s="3"/>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
+      <c r="D72" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="J72" s="2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="74" spans="1:10">
-      <c r="D74" s="4" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A74" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="D74" s="5"/>
+      <c r="E74" s="5"/>
+      <c r="F74" s="5"/>
+      <c r="G74" s="5"/>
+      <c r="H74" s="5"/>
+      <c r="I74" s="5"/>
+      <c r="J74" s="5"/>
     </row>
     <row r="75" spans="1:10">
-      <c r="D75" s="2" t="s">
-[...28 lines deleted...]
-      <c r="F76" s="4" t="s">
+      <c r="D75" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="G76" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H76" s="4" t="s">
+      <c r="E75" s="4" t="s">
         <v>275</v>
       </c>
-      <c r="I76" s="4" t="s">
+      <c r="F75" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="J76" s="4" t="s">
-        <v>29</v>
+      <c r="G75" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="H75" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="I75" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="J75" s="4" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:10">
-      <c r="D77" s="2" t="s">
-[...14 lines deleted...]
-      <c r="I77" s="2" t="s">
+      <c r="A77" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="J77" s="2" t="s">
+      <c r="B77" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="J77" s="3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="5" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D79" s="5"/>
       <c r="E79" s="5"/>
       <c r="F79" s="5"/>
       <c r="G79" s="5"/>
       <c r="H79" s="5"/>
       <c r="I79" s="5"/>
       <c r="J79" s="5"/>
     </row>
     <row r="80" spans="1:10">
       <c r="D80" s="4" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>288</v>
+        <v>123</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="I80" s="4" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="J80" s="4" t="s">
-        <v>291</v>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="D81" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="J81" s="2" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:10">
-      <c r="A82" s="3" t="s">
-[...14 lines deleted...]
-      <c r="J82" s="3"/>
+      <c r="D82" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H82" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="I82" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="J82" s="4" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="83" spans="1:10">
-      <c r="D83" s="4" t="s">
-[...40 lines deleted...]
-      <c r="J84" s="2" t="s">
+      <c r="D83" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H83" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="I83" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="J83" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="85" spans="1:10">
-      <c r="D85" s="4" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A85" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D85" s="3"/>
+      <c r="E85" s="3"/>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
+      <c r="J85" s="3"/>
     </row>
     <row r="86" spans="1:10">
-      <c r="D86" s="2" t="s">
-[...17 lines deleted...]
-      <c r="J86" s="2" t="s">
+      <c r="D86" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="G86" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="H86" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="I86" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="J86" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="5" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D88" s="5"/>
       <c r="E88" s="5"/>
       <c r="F88" s="5"/>
       <c r="G88" s="5"/>
       <c r="H88" s="5"/>
       <c r="I88" s="5"/>
       <c r="J88" s="5"/>
     </row>
     <row r="89" spans="1:10">
       <c r="D89" s="4" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F89" s="4" t="s">
-        <v>117</v>
+        <v>321</v>
       </c>
       <c r="G89" s="4" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="H89" s="4" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="I89" s="4" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="J89" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="3" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3"/>
     </row>
     <row r="92" spans="1:10">
       <c r="D92" s="4" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>54</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>55</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="I92" s="4" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="J92" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="D93" s="2" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="D94" s="4" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F94" s="4" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>66</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="I94" s="4" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="J94" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="D95" s="2" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="D96" s="4" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="E96" s="4" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F96" s="4" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>55</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="I96" s="4" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="J96" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="D97" s="2" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="D98" s="4" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>76</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>78</v>
       </c>
       <c r="H98" s="4" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="I98" s="4" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="J98" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="5" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D100" s="5"/>
       <c r="E100" s="5"/>
       <c r="F100" s="5"/>
       <c r="G100" s="5"/>
       <c r="H100" s="5"/>
       <c r="I100" s="5"/>
       <c r="J100" s="5"/>
     </row>
     <row r="101" spans="1:10">
       <c r="D101" s="4" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="F101" s="4" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="G101" s="4" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="H101" s="4"/>
       <c r="I101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="J101" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
     </row>
     <row r="104" spans="1:10">
       <c r="D104" s="4" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="E104" s="4" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="F104" s="4" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="G104" s="4" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="H104" s="4" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="I104" s="4" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="J104" s="4" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="D105" s="2" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="F105" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="G105" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="G105" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H105" s="2" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="5" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="D107" s="5"/>
       <c r="E107" s="5"/>
       <c r="F107" s="5"/>
       <c r="G107" s="5"/>
       <c r="H107" s="5"/>
       <c r="I107" s="5"/>
       <c r="J107" s="5"/>
     </row>
     <row r="108" spans="1:10">
       <c r="D108" s="4" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="E108" s="4" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="F108" s="4" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="G108" s="4" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H108" s="4" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="I108" s="4" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="J108" s="4" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="D109" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="F109" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="E109" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G109" s="2" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="D110" s="4" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F110" s="4" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="G110" s="4" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H110" s="4" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="I110" s="4" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="J110" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="3" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3"/>
     </row>
     <row r="113" spans="1:10">
       <c r="D113" s="4" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="E113" s="4" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F113" s="4" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="G113" s="4" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H113" s="4" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="I113" s="4" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="J113" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="5" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D115" s="5"/>
       <c r="E115" s="5"/>
       <c r="F115" s="5"/>
       <c r="G115" s="5"/>
       <c r="H115" s="5"/>
       <c r="I115" s="5"/>
       <c r="J115" s="5"/>
     </row>
     <row r="116" spans="1:10">
       <c r="D116" s="4" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E116" s="4" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="F116" s="4" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="G116" s="4" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H116" s="4" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="I116" s="4" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="J116" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="D117" s="2" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="I117" s="2" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="D118" s="4" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="E118" s="4" t="s">
-        <v>414</v>
+        <v>137</v>
       </c>
       <c r="F118" s="4" t="s">
-        <v>415</v>
+        <v>138</v>
       </c>
       <c r="G118" s="4" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H118" s="4" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="I118" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="J118" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="D119" s="2" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="I119" s="2" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3"/>
     </row>
     <row r="122" spans="1:10">
       <c r="D122" s="4" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E122" s="4" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F122" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G122" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="4" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I122" s="4" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J122" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="D123" s="2" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="I123" s="2" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="D124" s="4" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E124" s="4" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G124" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I124" s="4" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="J124" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="5" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D126" s="5"/>
       <c r="E126" s="5"/>
       <c r="F126" s="5"/>
       <c r="G126" s="5"/>
       <c r="H126" s="5"/>
       <c r="I126" s="5"/>
       <c r="J126" s="5"/>
     </row>
     <row r="127" spans="1:10">
       <c r="D127" s="4" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="E127" s="4" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="F127" s="4" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="G127" s="4" t="s">
         <v>46</v>
       </c>
       <c r="H127" s="4" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="I127" s="4" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="J127" s="4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>448</v>
-[...13 lines deleted...]
-      <c r="E130" s="4" t="s">
         <v>450</v>
       </c>
-      <c r="F130" s="4" t="s">
-[...5 lines deleted...]
-      <c r="H130" s="4" t="s">
+      <c r="D129" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="I130" s="4" t="s">
+      <c r="E129" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="J130" s="4" t="s">
+      <c r="F129" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="J129" s="3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:10">
-      <c r="D131" s="2" t="s">
-[...14 lines deleted...]
-      <c r="I131" s="2" t="s">
+      <c r="A131" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="J131" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B131" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="D131" s="5"/>
+      <c r="E131" s="5"/>
+      <c r="F131" s="5"/>
+      <c r="G131" s="5"/>
+      <c r="H131" s="5"/>
+      <c r="I131" s="5"/>
+      <c r="J131" s="5"/>
     </row>
     <row r="132" spans="1:10">
       <c r="D132" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E132" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F132" s="4" t="s">
-        <v>460</v>
+        <v>39</v>
       </c>
       <c r="G132" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H132" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="I132" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="J132" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10">
+      <c r="D133" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="I133" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="J133" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10">
+      <c r="D134" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="F134" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G134" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="H132" s="4" t="s">
-[...28 lines deleted...]
-      <c r="G134" s="5" t="s">
+      <c r="H134" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I134" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="J134" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10">
+      <c r="A136" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="D136" s="3"/>
+      <c r="E136" s="3"/>
+      <c r="F136" s="3"/>
+      <c r="G136" s="3"/>
+      <c r="H136" s="3"/>
+      <c r="I136" s="3"/>
+      <c r="J136" s="3"/>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="D137" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="G137" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="H137" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="I137" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="J137" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="G139" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="H134" s="5" t="s">
-[...19 lines deleted...]
-      <c r="G135" s="4" t="s">
+      <c r="H139" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="D140" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F140" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="G140" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="H135" s="4" t="s">
-[...19 lines deleted...]
-      <c r="G136" s="2" t="s">
+      <c r="H140" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="I140" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="J140" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="D141" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="G141" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="H136" s="2" t="s">
-[...51 lines deleted...]
-      <c r="D140" s="2" t="s">
+      <c r="H141" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="E140" s="2" t="s">
-[...42 lines deleted...]
-      <c r="D142" s="2" t="s">
+      <c r="I141" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="E142" s="2" t="s">
+      <c r="J141" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="F142" s="2" t="s">
+      <c r="B143" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="G142" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H142" s="2" t="s">
+      <c r="C143" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="I142" s="2" t="s">
+      <c r="D143" s="3"/>
+      <c r="E143" s="3"/>
+      <c r="F143" s="3"/>
+      <c r="G143" s="3"/>
+      <c r="H143" s="3"/>
+      <c r="I143" s="3"/>
+      <c r="J143" s="3"/>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="D144" s="4" t="s">
         <v>502</v>
       </c>
-      <c r="J142" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A144" s="5" t="s">
+      <c r="E144" s="4" t="s">
         <v>503</v>
       </c>
-      <c r="B144" s="5" t="s">
+      <c r="F144" s="4" t="s">
         <v>504</v>
       </c>
-      <c r="C144" s="5" t="s">
+      <c r="G144" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="H144" s="4" t="s">
         <v>505</v>
       </c>
-      <c r="D144" s="5"/>
-[...5 lines deleted...]
-      <c r="J144" s="5"/>
+      <c r="I144" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="J144" s="4" t="s">
+        <v>507</v>
+      </c>
     </row>
     <row r="145" spans="1:10">
-      <c r="D145" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F145" s="4" t="s">
+      <c r="D145" s="2" t="s">
         <v>508</v>
       </c>
-      <c r="G145" s="4" t="s">
+      <c r="E145" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="H145" s="4" t="s">
+      <c r="F145" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="I145" s="4" t="s">
+      <c r="G145" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H145" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="J145" s="4" t="s">
-        <v>29</v>
+      <c r="I145" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="J145" s="2" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="146" spans="1:10">
-      <c r="D146" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="2" t="s">
+      <c r="D146" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="F146" s="2" t="s">
+      <c r="E146" s="4" t="s">
         <v>514</v>
       </c>
-      <c r="G146" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H146" s="2" t="s">
+      <c r="F146" s="4" t="s">
         <v>515</v>
       </c>
-      <c r="I146" s="2" t="s">
+      <c r="G146" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="H146" s="4" t="s">
         <v>516</v>
       </c>
-      <c r="J146" s="2" t="s">
+      <c r="I146" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="J146" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:10">
-      <c r="D147" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F147" s="4" t="s">
+      <c r="D147" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="G147" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H147" s="4" t="s">
+      <c r="E147" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="I147" s="4" t="s">
+      <c r="F147" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="J147" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D148" s="2" t="s">
+      <c r="G147" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H147" s="2" t="s">
         <v>521</v>
       </c>
-      <c r="E148" s="2" t="s">
+      <c r="I147" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="F148" s="2" t="s">
+      <c r="J147" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="G148" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H148" s="2" t="s">
+      <c r="B149" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="I148" s="2" t="s">
+      <c r="C149" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="J148" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D149" s="4" t="s">
+      <c r="D149" s="5"/>
+      <c r="E149" s="5"/>
+      <c r="F149" s="5"/>
+      <c r="G149" s="5"/>
+      <c r="H149" s="5"/>
+      <c r="I149" s="5"/>
+      <c r="J149" s="5"/>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="D150" s="4" t="s">
         <v>526</v>
       </c>
-      <c r="E149" s="4" t="s">
-[...8 lines deleted...]
-      <c r="H149" s="4" t="s">
+      <c r="E150" s="4" t="s">
         <v>527</v>
       </c>
-      <c r="I149" s="4" t="s">
+      <c r="F150" s="4" t="s">
         <v>528</v>
       </c>
-      <c r="J149" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D150" s="2" t="s">
+      <c r="G150" s="4" t="s">
         <v>529</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="H150" s="4" t="s">
         <v>530</v>
       </c>
-      <c r="F150" s="2" t="s">
+      <c r="I150" s="4" t="s">
         <v>531</v>
       </c>
-      <c r="G150" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H150" s="2" t="s">
+      <c r="J150" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10">
+      <c r="D151" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="I150" s="2" t="s">
+      <c r="E151" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="J150" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D151" s="4" t="s">
+      <c r="F151" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="E151" s="4" t="s">
+      <c r="G151" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="H151" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="F151" s="4" t="s">
+      <c r="I151" s="2" t="s">
         <v>536</v>
       </c>
-      <c r="G151" s="4" t="s">
+      <c r="J151" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="D152" s="4" t="s">
         <v>537</v>
       </c>
-      <c r="H151" s="4" t="s">
+      <c r="E152" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F152" s="4" t="s">
         <v>538</v>
       </c>
-      <c r="I151" s="4" t="s">
+      <c r="G152" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="H152" s="4" t="s">
         <v>539</v>
       </c>
-      <c r="J151" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D152" s="2" t="s">
+      <c r="I152" s="4" t="s">
         <v>540</v>
       </c>
-      <c r="E152" s="2" t="s">
+      <c r="J152" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="D153" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="F152" s="2" t="s">
+      <c r="E153" s="2" t="s">
         <v>542</v>
       </c>
-      <c r="G152" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H152" s="2" t="s">
+      <c r="F153" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="I152" s="2" t="s">
+      <c r="G153" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="H153" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="J152" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D153" s="4" t="s">
+      <c r="I153" s="2" t="s">
         <v>545</v>
       </c>
-      <c r="E153" s="4" t="s">
+      <c r="J153" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="D154" s="4" t="s">
         <v>546</v>
       </c>
-      <c r="F153" s="4" t="s">
-[...5 lines deleted...]
-      <c r="H153" s="4" t="s">
+      <c r="E154" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="F154" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="G154" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="H154" s="4" t="s">
         <v>547</v>
       </c>
-      <c r="I153" s="4" t="s">
+      <c r="I154" s="4" t="s">
         <v>548</v>
       </c>
-      <c r="J153" s="4" t="s">
-[...4 lines deleted...]
-      <c r="D154" s="2" t="s">
+      <c r="J154" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="D155" s="2" t="s">
         <v>549</v>
       </c>
-      <c r="E154" s="2" t="s">
-[...8 lines deleted...]
-      <c r="H154" s="2" t="s">
+      <c r="E155" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="H155" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="I154" s="2" t="s">
+      <c r="I155" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="J154" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D155" s="4" t="s">
+      <c r="J155" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10">
+      <c r="D156" s="4" t="s">
         <v>552</v>
       </c>
-      <c r="E155" s="4" t="s">
+      <c r="E156" s="4" t="s">
         <v>553</v>
       </c>
-      <c r="F155" s="4" t="s">
+      <c r="F156" s="4" t="s">
         <v>554</v>
       </c>
-      <c r="G155" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H155" s="4" t="s">
+      <c r="G156" s="4" t="s">
         <v>555</v>
       </c>
-      <c r="I155" s="4" t="s">
-[...7 lines deleted...]
-      <c r="D156" s="2" t="s">
+      <c r="H156" s="4" t="s">
         <v>556</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="I156" s="4" t="s">
         <v>557</v>
       </c>
-      <c r="F156" s="2" t="s">
+      <c r="J156" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10">
+      <c r="D157" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="G156" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H156" s="2" t="s">
+      <c r="E157" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="I156" s="2" t="s">
+      <c r="F157" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="J156" s="2" t="s">
-[...4 lines deleted...]
-      <c r="D157" s="4" t="s">
+      <c r="G157" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="H157" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="E157" s="4" t="s">
+      <c r="I157" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="F157" s="4" t="s">
+      <c r="J157" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10">
+      <c r="D158" s="4" t="s">
         <v>563</v>
       </c>
-      <c r="G157" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H157" s="4" t="s">
+      <c r="E158" s="4" t="s">
         <v>564</v>
       </c>
-      <c r="I157" s="4" t="s">
+      <c r="F158" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="G158" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="H158" s="4" t="s">
         <v>565</v>
       </c>
-      <c r="J157" s="4" t="s">
+      <c r="I158" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="J158" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:10">
-      <c r="A159" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B159" s="3" t="s">
+      <c r="D159" s="2" t="s">
         <v>567</v>
       </c>
-      <c r="C159" s="3" t="s">
+      <c r="E159" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="H159" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="D159" s="3"/>
-[...5 lines deleted...]
-      <c r="J159" s="3"/>
+      <c r="I159" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="J159" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="D160" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="F160" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="G160" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="H160" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="I160" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="J160" s="4" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="161" spans="1:10">
-      <c r="A161" s="5" t="s">
-[...14 lines deleted...]
-      <c r="J161" s="5"/>
+      <c r="D161" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="I161" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="J161" s="2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="162" spans="1:10">
       <c r="D162" s="4" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="E162" s="4" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="F162" s="4" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="G162" s="4" t="s">
-        <v>575</v>
+        <v>286</v>
       </c>
       <c r="H162" s="4" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="I162" s="4" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="J162" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="3" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="J164" s="3"/>
     </row>
     <row r="165" spans="1:10">
       <c r="D165" s="4" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="E165" s="4" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="F165" s="4" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="G165" s="4" t="s">
-        <v>90</v>
+        <v>589</v>
       </c>
       <c r="H165" s="4" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="I165" s="4" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="J165" s="4" t="s">
-        <v>586</v>
-[...22 lines deleted...]
-        <v>586</v>
+        <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:10">
-      <c r="D167" s="4" t="s">
-[...22 lines deleted...]
-      <c r="A169" s="5" t="s">
+      <c r="A167" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="B169" s="5" t="s">
+      <c r="B167" s="5" t="s">
         <v>593</v>
       </c>
-      <c r="C169" s="5" t="s">
+      <c r="C167" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="D169" s="5"/>
-[...5 lines deleted...]
-      <c r="J169" s="5"/>
+      <c r="D167" s="5"/>
+      <c r="E167" s="5"/>
+      <c r="F167" s="5"/>
+      <c r="G167" s="5"/>
+      <c r="H167" s="5"/>
+      <c r="I167" s="5"/>
+      <c r="J167" s="5"/>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="D168" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="G168" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="H168" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="I168" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="J168" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="D170" s="3"/>
+      <c r="E170" s="3"/>
+      <c r="F170" s="3"/>
+      <c r="G170" s="3"/>
+      <c r="H170" s="3"/>
+      <c r="I170" s="3"/>
+      <c r="J170" s="3"/>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="D171" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="G171" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H171" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="I171" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="J171" s="4" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="D172" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="I172" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="J172" s="2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="D173" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="E173" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="F173" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="G173" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H173" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="I173" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="J173" s="4" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10">
+      <c r="A175" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="D175" s="5"/>
+      <c r="E175" s="5"/>
+      <c r="F175" s="5"/>
+      <c r="G175" s="5"/>
+      <c r="H175" s="5"/>
+      <c r="I175" s="5"/>
+      <c r="J175" s="5"/>
+    </row>
+    <row r="176" spans="1:10">
+      <c r="D176" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>619</v>
+      </c>
+      <c r="F176" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="G176" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="H176" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="I176" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="J176" s="4" t="s">
+        <v>29</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A8:C8"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A17:C17"/>
-    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A20:C20"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A24:C24"/>
-    <mergeCell ref="A27:C27"/>
-[...3 lines deleted...]
-    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="A33:C33"/>
     <mergeCell ref="A38:C38"/>
     <mergeCell ref="A39:C39"/>
     <mergeCell ref="A40:C40"/>
+    <mergeCell ref="A41:C41"/>
+    <mergeCell ref="A42:C42"/>
     <mergeCell ref="A43:C43"/>
-    <mergeCell ref="A48:C48"/>
-[...1 lines deleted...]
-    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A46:C46"/>
     <mergeCell ref="A51:C51"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="A53:C53"/>
-    <mergeCell ref="A56:C56"/>
-[...3 lines deleted...]
-    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A64:C64"/>
+    <mergeCell ref="A65:C65"/>
+    <mergeCell ref="A66:C66"/>
     <mergeCell ref="A69:C69"/>
     <mergeCell ref="A70:C70"/>
     <mergeCell ref="A71:C71"/>
-    <mergeCell ref="A74:C74"/>
+    <mergeCell ref="A72:C72"/>
     <mergeCell ref="A75:C75"/>
-    <mergeCell ref="A76:C76"/>
-    <mergeCell ref="A77:C77"/>
     <mergeCell ref="A80:C80"/>
+    <mergeCell ref="A81:C81"/>
+    <mergeCell ref="A82:C82"/>
     <mergeCell ref="A83:C83"/>
-    <mergeCell ref="A84:C84"/>
-    <mergeCell ref="A85:C85"/>
     <mergeCell ref="A86:C86"/>
     <mergeCell ref="A89:C89"/>
     <mergeCell ref="A92:C92"/>
     <mergeCell ref="A93:C93"/>
     <mergeCell ref="A94:C94"/>
     <mergeCell ref="A95:C95"/>
     <mergeCell ref="A96:C96"/>
     <mergeCell ref="A97:C97"/>
     <mergeCell ref="A98:C98"/>
     <mergeCell ref="A101:C101"/>
     <mergeCell ref="A104:C104"/>
     <mergeCell ref="A105:C105"/>
     <mergeCell ref="A108:C108"/>
     <mergeCell ref="A109:C109"/>
     <mergeCell ref="A110:C110"/>
     <mergeCell ref="A113:C113"/>
     <mergeCell ref="A116:C116"/>
     <mergeCell ref="A117:C117"/>
     <mergeCell ref="A118:C118"/>
     <mergeCell ref="A119:C119"/>
     <mergeCell ref="A122:C122"/>
     <mergeCell ref="A123:C123"/>
     <mergeCell ref="A124:C124"/>
     <mergeCell ref="A127:C127"/>
-    <mergeCell ref="A130:C130"/>
-    <mergeCell ref="A131:C131"/>
     <mergeCell ref="A132:C132"/>
-    <mergeCell ref="A135:C135"/>
-[...1 lines deleted...]
-    <mergeCell ref="A139:C139"/>
+    <mergeCell ref="A133:C133"/>
+    <mergeCell ref="A134:C134"/>
+    <mergeCell ref="A137:C137"/>
     <mergeCell ref="A140:C140"/>
     <mergeCell ref="A141:C141"/>
-    <mergeCell ref="A142:C142"/>
+    <mergeCell ref="A144:C144"/>
     <mergeCell ref="A145:C145"/>
     <mergeCell ref="A146:C146"/>
     <mergeCell ref="A147:C147"/>
-    <mergeCell ref="A148:C148"/>
-    <mergeCell ref="A149:C149"/>
     <mergeCell ref="A150:C150"/>
     <mergeCell ref="A151:C151"/>
     <mergeCell ref="A152:C152"/>
     <mergeCell ref="A153:C153"/>
     <mergeCell ref="A154:C154"/>
     <mergeCell ref="A155:C155"/>
     <mergeCell ref="A156:C156"/>
     <mergeCell ref="A157:C157"/>
+    <mergeCell ref="A158:C158"/>
+    <mergeCell ref="A159:C159"/>
+    <mergeCell ref="A160:C160"/>
+    <mergeCell ref="A161:C161"/>
     <mergeCell ref="A162:C162"/>
     <mergeCell ref="A165:C165"/>
-    <mergeCell ref="A166:C166"/>
-    <mergeCell ref="A167:C167"/>
+    <mergeCell ref="A168:C168"/>
+    <mergeCell ref="A171:C171"/>
+    <mergeCell ref="A172:C172"/>
+    <mergeCell ref="A173:C173"/>
+    <mergeCell ref="A176:C176"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ASOCIADOS</vt:lpstr>