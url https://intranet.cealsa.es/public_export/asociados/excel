--- v1 (2026-01-25)
+++ v2 (2026-03-15)
@@ -863,51 +863,51 @@
   <si>
     <t xml:space="preserve">46988 </t>
   </si>
   <si>
     <t>Paterna</t>
   </si>
   <si>
     <t>Valencia/València</t>
   </si>
   <si>
     <t>hyd@hydragim.es</t>
   </si>
   <si>
     <t xml:space="preserve">961344869 </t>
   </si>
   <si>
     <t xml:space="preserve">961344870 </t>
   </si>
   <si>
     <t>JAEN CLIMA</t>
   </si>
   <si>
     <t>B23319205</t>
   </si>
   <si>
-    <t>JAEN-CLIMA, S.L.</t>
+    <t>JAEN CLIMA, S.L.</t>
   </si>
   <si>
     <t>Polígono Los Olivares, Calle Villatorres, 27</t>
   </si>
   <si>
     <t xml:space="preserve">23009 </t>
   </si>
   <si>
     <t>Jaén</t>
   </si>
   <si>
     <t>info@jaenclima.com</t>
   </si>
   <si>
     <t xml:space="preserve">953280288 </t>
   </si>
   <si>
     <t>LAGUARDIA &amp; MOREIRA</t>
   </si>
   <si>
     <t>A28080695</t>
   </si>
   <si>
     <t>LAGUARDIA &amp; MOREIRA, S.A.</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>B81536302</t>
   </si>
   <si>
     <t>LAMBÁS SUMINISTROS, S.L.</t>
   </si>
   <si>
     <t>C/. ALBASANZ, 75 - NAVE A</t>
   </si>
   <si>
     <t xml:space="preserve">28037 </t>
   </si>
   <si>
     <t>lambas@lambas.es</t>
   </si>
   <si>
     <t xml:space="preserve">914070407 </t>
   </si>
   <si>
     <t>LORCAN</t>
   </si>
   <si>
     <t>B80116429</t>
   </si>
   <si>
-    <t>LORCAN, SL.</t>
+    <t>LORCAN, S.L.</t>
   </si>
   <si>
     <t>Avda. del Sistema Solar, 7 nave E</t>
   </si>
   <si>
     <t xml:space="preserve">28830 </t>
   </si>
   <si>
     <t>San Fernando de Henares</t>
   </si>
   <si>
     <t>a.peinado@lorcan.es</t>
   </si>
   <si>
     <t xml:space="preserve">917294444 </t>
   </si>
   <si>
     <t>METALUX ASTURIAS</t>
   </si>
   <si>
     <t>B33012840</t>
   </si>
   <si>
     <t>METALUX ASTURIAS, S.L.</t>
   </si>
@@ -1109,57 +1109,57 @@
   <si>
     <t>roberto.abal@metalux.es</t>
   </si>
   <si>
     <t xml:space="preserve">986260626 </t>
   </si>
   <si>
     <t>METALUX LEVANTE</t>
   </si>
   <si>
     <t>A58014275</t>
   </si>
   <si>
     <t>METALUX LEVANTE, S.A.U.</t>
   </si>
   <si>
     <t>Avda. Los trabajadores, 20-22 Pol Ind. Horno de Alcedo</t>
   </si>
   <si>
     <t xml:space="preserve">46026 </t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
-    <t>SANEAMIENTOS BRAVO (JOSE LUIS BRAVO MORA)</t>
-[...5 lines deleted...]
-    <t>JOSE LUIS BRAVO MORA</t>
+    <t>SANEAMIENTOS BRAVO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> J26577205</t>
+  </si>
+  <si>
+    <t>SANEAMIENTOS BRAVO, S.C.</t>
   </si>
   <si>
     <t>Pol. Industrial Isaac Peral, 5</t>
   </si>
   <si>
     <t xml:space="preserve">06400 </t>
   </si>
   <si>
     <t>Don Benito</t>
   </si>
   <si>
     <t>Badajoz</t>
   </si>
   <si>
     <t>saneamientosbravo@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">924812288 </t>
   </si>
   <si>
     <t>c/. Guadiana, 8 - Polígono Industrial Los Caños</t>
   </si>
   <si>
     <t xml:space="preserve">06300 </t>
   </si>